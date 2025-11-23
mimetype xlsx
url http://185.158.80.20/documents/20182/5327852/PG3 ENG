--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PG3 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="468" uniqueCount="36">
-[...1 lines deleted...]
-    <t>Zagreb, 27.08.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="38">
+  <si>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department </t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>CASH DEPOSITS TO THE PAYMENT ACCOUNT ACCORDING TO THE DESCRIPTION OF PAYMENT METHODS IN THE REPUBLIC OF CROATIA IN EURO - year 2025</t>
   </si>
   <si>
     <t>PAYMENT METHOD DESCRIPTION</t>
   </si>
   <si>
     <t>PURPOSE/METHOD OF DEPOSIT</t>
   </si>
   <si>
     <t>JANUARY</t>
   </si>
@@ -92,81 +92,87 @@
   <si>
     <t>OCTOBER</t>
   </si>
   <si>
     <t>NOVEMBER</t>
   </si>
   <si>
     <t>DECEMBER</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>TOTAL - Number of transactions</t>
   </si>
   <si>
     <t>TOTAL - Value of transactions</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t> Cash</t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t> Over the counter</t>
   </si>
   <si>
     <t> Credit transfer</t>
   </si>
   <si>
     <t> Bill-paying service</t>
   </si>
   <si>
     <t> Money remittance</t>
   </si>
   <si>
     <t> 2D barcode</t>
   </si>
   <si>
     <t> Day/night deposit box</t>
   </si>
   <si>
     <t> ATM/banking kiosk</t>
   </si>
   <si>
     <t> Payment card</t>
   </si>
   <si>
     <t> Cash withdrawal terminal</t>
   </si>
   <si>
     <t> Other</t>
   </si>
   <si>
     <t>     TOTAL</t>
+  </si>
+  <si>
+    <t>*data have been revised from the previous release</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -546,51 +552,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:BB24"/>
+  <dimension ref="A1:BB25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32" customWidth="1"/>
     <col min="2" max="2" width="30" customWidth="1"/>
     <col min="3" max="3" width="28" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="28" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="28" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="28" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="28" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="28" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
     <col min="15" max="15" width="28" customWidth="1"/>
     <col min="16" max="16" width="4" customWidth="1"/>
     <col min="17" max="17" width="28" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
     <col min="19" max="19" width="28" customWidth="1"/>
     <col min="20" max="20" width="4" customWidth="1"/>
@@ -778,212 +784,212 @@
       </c>
       <c r="AS9" t="s" s="6">
         <v>22</v>
       </c>
       <c r="AU9" t="s" s="6">
         <v>21</v>
       </c>
       <c r="AW9" t="s" s="6">
         <v>22</v>
       </c>
       <c r="AY9" t="s" s="5">
         <v>21</v>
       </c>
       <c r="BA9" t="s" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:54">
       <c r="A10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B10" t="s" s="7">
         <v>24</v>
       </c>
       <c r="C10" s="8">
-        <v>2584305</v>
+        <v>2583211</v>
       </c>
       <c r="D10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E10" s="8">
-        <v>1127664842</v>
+        <v>1122080181</v>
       </c>
       <c r="F10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G10" s="8">
-        <v>2516898</v>
+        <v>2515782</v>
       </c>
       <c r="H10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="I10" s="8">
-        <v>1068413730</v>
+        <v>1062052238</v>
       </c>
       <c r="J10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="K10" s="8">
-        <v>2697009</v>
+        <v>2695794</v>
       </c>
       <c r="L10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M10" s="8">
-        <v>1177349352</v>
+        <v>1170970849</v>
       </c>
       <c r="N10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="O10" s="8">
-        <v>2518104</v>
+        <v>2516890</v>
       </c>
       <c r="P10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q10" s="8">
-        <v>1144344926</v>
+        <v>1137578423</v>
       </c>
       <c r="R10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="S10" s="8">
-        <v>2507060</v>
+        <v>2505914</v>
       </c>
       <c r="T10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="U10" s="8">
-        <v>1178122606</v>
+        <v>1172268428</v>
       </c>
       <c r="V10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="W10" s="8">
-        <v>2550032</v>
+        <v>2548868</v>
       </c>
       <c r="X10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Y10" s="8">
-        <v>1334770049</v>
+        <v>1328762451</v>
       </c>
       <c r="Z10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AA10" s="8">
-        <v/>
+        <v>2646998</v>
       </c>
       <c r="AB10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AC10" s="8">
-        <v/>
+        <v>1563517113</v>
       </c>
       <c r="AD10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AE10" s="8">
-        <v/>
+        <v>2391100</v>
       </c>
       <c r="AF10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG10" s="8">
-        <v/>
+        <v>1436223813</v>
       </c>
       <c r="AH10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI10" s="8">
-        <v/>
+        <v>2580346</v>
       </c>
       <c r="AJ10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK10" s="8">
-        <v/>
+        <v>1382903940</v>
       </c>
       <c r="AL10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM10" s="8">
         <v/>
       </c>
       <c r="AN10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AO10" s="8">
         <v/>
       </c>
       <c r="AP10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AQ10" s="8">
         <v/>
       </c>
       <c r="AR10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AS10" s="8">
         <v/>
       </c>
       <c r="AT10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AU10" s="8">
         <v/>
       </c>
       <c r="AV10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW10" s="8">
         <v/>
       </c>
       <c r="AX10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY10" s="9">
-        <v>15373408</v>
+        <v>22984903</v>
       </c>
       <c r="AZ10" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA10" s="9">
-        <v>7030665505</v>
+        <v>11376357436</v>
       </c>
       <c r="BB10" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:54">
       <c r="A11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s" s="7">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" s="8">
         <v>862585</v>
       </c>
       <c r="D11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E11" s="8">
         <v>132789614</v>
       </c>
       <c r="F11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G11" s="8">
         <v>853070</v>
       </c>
       <c r="H11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="I11" s="8">
         <v>137190618</v>
       </c>
       <c r="J11" t="s" s="7">
         <v>23</v>
       </c>
@@ -1014,140 +1020,140 @@
       <c r="S11" s="8">
         <v>845671</v>
       </c>
       <c r="T11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="U11" s="8">
         <v>149345316</v>
       </c>
       <c r="V11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="W11" s="8">
         <v>884377</v>
       </c>
       <c r="X11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="Y11" s="8">
         <v>144023235</v>
       </c>
       <c r="Z11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AA11" s="8">
-        <v/>
+        <v>905718</v>
       </c>
       <c r="AB11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AC11" s="8">
-        <v/>
+        <v>152443136</v>
       </c>
       <c r="AD11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AE11" s="8">
-        <v/>
+        <v>801582</v>
       </c>
       <c r="AF11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG11" s="8">
-        <v/>
+        <v>129766576</v>
       </c>
       <c r="AH11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI11" s="8">
-        <v/>
+        <v>889737</v>
       </c>
       <c r="AJ11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK11" s="8">
-        <v/>
+        <v>161420427</v>
       </c>
       <c r="AL11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM11" s="8">
         <v/>
       </c>
       <c r="AN11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AO11" s="8">
         <v/>
       </c>
       <c r="AP11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AQ11" s="8">
         <v/>
       </c>
       <c r="AR11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AS11" s="8">
         <v/>
       </c>
       <c r="AT11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AU11" s="8">
         <v/>
       </c>
       <c r="AV11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW11" s="8">
         <v/>
       </c>
       <c r="AX11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY11" s="9">
-        <v>5183315</v>
+        <v>7780352</v>
       </c>
       <c r="AZ11" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA11" s="9">
-        <v>849695396</v>
+        <v>1293325535</v>
       </c>
       <c r="BB11" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:54">
       <c r="A12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B12" t="s" s="7">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12" s="8">
         <v>34912</v>
       </c>
       <c r="D12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E12" s="8">
         <v>6440941</v>
       </c>
       <c r="F12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G12" s="8">
         <v>32500</v>
       </c>
       <c r="H12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="I12" s="8">
         <v>6558532</v>
       </c>
       <c r="J12" t="s" s="7">
         <v>23</v>
       </c>
@@ -1178,140 +1184,140 @@
       <c r="S12" s="8">
         <v>35278</v>
       </c>
       <c r="T12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="U12" s="8">
         <v>7516330</v>
       </c>
       <c r="V12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="W12" s="8">
         <v>40802</v>
       </c>
       <c r="X12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="Y12" s="8">
         <v>8838339</v>
       </c>
       <c r="Z12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AA12" s="8">
-        <v/>
+        <v>44666</v>
       </c>
       <c r="AB12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AC12" s="8">
-        <v/>
+        <v>11321713</v>
       </c>
       <c r="AD12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AE12" s="8">
-        <v/>
+        <v>41021</v>
       </c>
       <c r="AF12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG12" s="8">
-        <v/>
+        <v>10890773</v>
       </c>
       <c r="AH12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI12" s="8">
-        <v/>
+        <v>49577</v>
       </c>
       <c r="AJ12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK12" s="8">
-        <v/>
+        <v>10011798</v>
       </c>
       <c r="AL12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM12" s="8">
         <v/>
       </c>
       <c r="AN12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AO12" s="8">
         <v/>
       </c>
       <c r="AP12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AQ12" s="8">
         <v/>
       </c>
       <c r="AR12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AS12" s="8">
         <v/>
       </c>
       <c r="AT12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AU12" s="8">
         <v/>
       </c>
       <c r="AV12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW12" s="8">
         <v/>
       </c>
       <c r="AX12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY12" s="9">
-        <v>216804</v>
+        <v>352068</v>
       </c>
       <c r="AZ12" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA12" s="9">
-        <v>44011396</v>
+        <v>76235680</v>
       </c>
       <c r="BB12" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:54">
       <c r="A13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B13" t="s" s="7">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C13" s="8">
         <v>64</v>
       </c>
       <c r="D13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E13" s="8">
         <v>22245</v>
       </c>
       <c r="F13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G13" s="8">
         <v>53</v>
       </c>
       <c r="H13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="I13" s="8">
         <v>21557</v>
       </c>
       <c r="J13" t="s" s="7">
         <v>23</v>
       </c>
@@ -1342,140 +1348,140 @@
       <c r="S13" s="8">
         <v>72</v>
       </c>
       <c r="T13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="U13" s="8">
         <v>29577</v>
       </c>
       <c r="V13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="W13" s="8">
         <v>85</v>
       </c>
       <c r="X13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="Y13" s="8">
         <v>29775</v>
       </c>
       <c r="Z13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AA13" s="8">
-        <v/>
+        <v>114</v>
       </c>
       <c r="AB13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AC13" s="8">
-        <v/>
+        <v>30663</v>
       </c>
       <c r="AD13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AE13" s="8">
-        <v/>
+        <v>71</v>
       </c>
       <c r="AF13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG13" s="8">
-        <v/>
+        <v>31289</v>
       </c>
       <c r="AH13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI13" s="8">
-        <v/>
+        <v>82</v>
       </c>
       <c r="AJ13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK13" s="8">
-        <v/>
+        <v>48264</v>
       </c>
       <c r="AL13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM13" s="8">
         <v/>
       </c>
       <c r="AN13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AO13" s="8">
         <v/>
       </c>
       <c r="AP13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AQ13" s="8">
         <v/>
       </c>
       <c r="AR13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AS13" s="8">
         <v/>
       </c>
       <c r="AT13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AU13" s="8">
         <v/>
       </c>
       <c r="AV13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW13" s="8">
         <v/>
       </c>
       <c r="AX13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY13" s="9">
-        <v>389</v>
+        <v>656</v>
       </c>
       <c r="AZ13" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA13" s="9">
-        <v>156199</v>
+        <v>266415</v>
       </c>
       <c r="BB13" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:54">
       <c r="A14" t="s" s="7">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s" s="7">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C14" s="8">
         <v>1372176</v>
       </c>
       <c r="D14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E14" s="8">
         <v>40581836</v>
       </c>
       <c r="F14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G14" s="8">
         <v>1363360</v>
       </c>
       <c r="H14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="I14" s="8">
         <v>40817063</v>
       </c>
       <c r="J14" t="s" s="7">
         <v>23</v>
       </c>
@@ -1506,140 +1512,140 @@
       <c r="S14" s="8">
         <v>1393693</v>
       </c>
       <c r="T14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="U14" s="8">
         <v>39921645</v>
       </c>
       <c r="V14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="W14" s="8">
         <v>1371003</v>
       </c>
       <c r="X14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="Y14" s="8">
         <v>38816572</v>
       </c>
       <c r="Z14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AA14" s="8">
-        <v/>
+        <v>1406529</v>
       </c>
       <c r="AB14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AC14" s="8">
-        <v/>
+        <v>41577097</v>
       </c>
       <c r="AD14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AE14" s="8">
-        <v/>
+        <v>1302723</v>
       </c>
       <c r="AF14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG14" s="8">
-        <v/>
+        <v>38617722</v>
       </c>
       <c r="AH14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI14" s="8">
-        <v/>
+        <v>1362989</v>
       </c>
       <c r="AJ14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK14" s="8">
-        <v/>
+        <v>40673513</v>
       </c>
       <c r="AL14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM14" s="8">
         <v/>
       </c>
       <c r="AN14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AO14" s="8">
         <v/>
       </c>
       <c r="AP14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AQ14" s="8">
         <v/>
       </c>
       <c r="AR14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AS14" s="8">
         <v/>
       </c>
       <c r="AT14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AU14" s="8">
         <v/>
       </c>
       <c r="AV14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW14" s="8">
         <v/>
       </c>
       <c r="AX14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY14" s="9">
-        <v>8374526</v>
+        <v>12446767</v>
       </c>
       <c r="AZ14" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA14" s="9">
-        <v>242060650</v>
+        <v>362928982</v>
       </c>
       <c r="BB14" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:54">
       <c r="A15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B15" t="s" s="7">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C15" s="8">
         <v>765147</v>
       </c>
       <c r="D15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E15" s="8">
         <v>40686583</v>
       </c>
       <c r="F15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G15" s="8">
         <v>740186</v>
       </c>
       <c r="H15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="I15" s="8">
         <v>39645698</v>
       </c>
       <c r="J15" t="s" s="7">
         <v>23</v>
       </c>
@@ -1670,137 +1676,137 @@
       <c r="S15" s="8">
         <v>807148</v>
       </c>
       <c r="T15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="U15" s="8">
         <v>38156238</v>
       </c>
       <c r="V15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="W15" s="8">
         <v>759330</v>
       </c>
       <c r="X15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="Y15" s="8">
         <v>34939544</v>
       </c>
       <c r="Z15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AA15" s="8">
-        <v/>
+        <v>833972</v>
       </c>
       <c r="AB15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AC15" s="8">
-        <v/>
+        <v>38739147</v>
       </c>
       <c r="AD15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AE15" s="8">
-        <v/>
+        <v>768455</v>
       </c>
       <c r="AF15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG15" s="8">
-        <v/>
+        <v>37968541</v>
       </c>
       <c r="AH15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI15" s="8">
-        <v/>
+        <v>844297</v>
       </c>
       <c r="AJ15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK15" s="8">
-        <v/>
+        <v>43551475</v>
       </c>
       <c r="AL15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM15" s="8">
         <v/>
       </c>
       <c r="AN15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AO15" s="8">
         <v/>
       </c>
       <c r="AP15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AQ15" s="8">
         <v/>
       </c>
       <c r="AR15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AS15" s="8">
         <v/>
       </c>
       <c r="AT15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AU15" s="8">
         <v/>
       </c>
       <c r="AV15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW15" s="8">
         <v/>
       </c>
       <c r="AX15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY15" s="9">
-        <v>4661152</v>
+        <v>7107876</v>
       </c>
       <c r="AZ15" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA15" s="9">
-        <v>234952259</v>
+        <v>355211422</v>
       </c>
       <c r="BB15" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:54">
       <c r="A16" t="s" s="7">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B16" t="s" s="7">
         <v>24</v>
       </c>
       <c r="C16" s="8">
         <v>394402</v>
       </c>
       <c r="D16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E16" s="8">
         <v>605213738</v>
       </c>
       <c r="F16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G16" s="8">
         <v>372897</v>
       </c>
       <c r="H16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="I16" s="8">
         <v>566405374</v>
       </c>
@@ -1834,140 +1840,140 @@
       <c r="S16" s="8">
         <v>439844</v>
       </c>
       <c r="T16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="U16" s="8">
         <v>731483451</v>
       </c>
       <c r="V16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="W16" s="8">
         <v>489191</v>
       </c>
       <c r="X16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="Y16" s="8">
         <v>863083027</v>
       </c>
       <c r="Z16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AA16" s="8">
-        <v/>
+        <v>551162</v>
       </c>
       <c r="AB16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AC16" s="8">
-        <v/>
+        <v>979990183</v>
       </c>
       <c r="AD16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AE16" s="8">
-        <v/>
+        <v>495952</v>
       </c>
       <c r="AF16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG16" s="8">
-        <v/>
+        <v>945970167</v>
       </c>
       <c r="AH16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI16" s="8">
-        <v/>
+        <v>517030</v>
       </c>
       <c r="AJ16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK16" s="8">
-        <v/>
+        <v>872613773</v>
       </c>
       <c r="AL16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM16" s="8">
         <v/>
       </c>
       <c r="AN16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AO16" s="8">
         <v/>
       </c>
       <c r="AP16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AQ16" s="8">
         <v/>
       </c>
       <c r="AR16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AS16" s="8">
         <v/>
       </c>
       <c r="AT16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AU16" s="8">
         <v/>
       </c>
       <c r="AV16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW16" s="8">
         <v/>
       </c>
       <c r="AX16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY16" s="9">
-        <v>2532868</v>
+        <v>4097012</v>
       </c>
       <c r="AZ16" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA16" s="9">
-        <v>4121267326</v>
+        <v>6919841449</v>
       </c>
       <c r="BB16" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:54">
       <c r="A17" t="s" s="7">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B17" t="s" s="7">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C17" s="8">
         <v>595193</v>
       </c>
       <c r="D17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E17" s="8">
         <v>312953855</v>
       </c>
       <c r="F17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G17" s="8">
         <v>575452</v>
       </c>
       <c r="H17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="I17" s="8">
         <v>311236232</v>
       </c>
       <c r="J17" t="s" s="7">
         <v>23</v>
       </c>
@@ -1998,140 +2004,140 @@
       <c r="S17" s="8">
         <v>655481</v>
       </c>
       <c r="T17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="U17" s="8">
         <v>385456531</v>
       </c>
       <c r="V17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="W17" s="8">
         <v>657031</v>
       </c>
       <c r="X17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="Y17" s="8">
         <v>411752404</v>
       </c>
       <c r="Z17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AA17" s="8">
-        <v/>
+        <v>712895</v>
       </c>
       <c r="AB17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AC17" s="8">
-        <v/>
+        <v>459548321</v>
       </c>
       <c r="AD17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AE17" s="8">
-        <v/>
+        <v>648824</v>
       </c>
       <c r="AF17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG17" s="8">
-        <v/>
+        <v>426768995</v>
       </c>
       <c r="AH17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI17" s="8">
-        <v/>
+        <v>702960</v>
       </c>
       <c r="AJ17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK17" s="8">
-        <v/>
+        <v>444067934</v>
       </c>
       <c r="AL17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM17" s="8">
         <v/>
       </c>
       <c r="AN17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AO17" s="8">
         <v/>
       </c>
       <c r="AP17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AQ17" s="8">
         <v/>
       </c>
       <c r="AR17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AS17" s="8">
         <v/>
       </c>
       <c r="AT17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AU17" s="8">
         <v/>
       </c>
       <c r="AV17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW17" s="8">
         <v/>
       </c>
       <c r="AX17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY17" s="9">
-        <v>3785769</v>
+        <v>5850448</v>
       </c>
       <c r="AZ17" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA17" s="9">
-        <v>2143430806</v>
+        <v>3473816056</v>
       </c>
       <c r="BB17" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:54">
       <c r="A18" t="s" s="7">
+        <v>34</v>
+      </c>
+      <c r="B18" t="s" s="7">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C18" s="8">
         <v>20968</v>
       </c>
       <c r="D18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E18" s="8">
         <v>14365646</v>
       </c>
       <c r="F18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G18" s="8">
         <v>20166</v>
       </c>
       <c r="H18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="I18" s="8">
         <v>13677120</v>
       </c>
       <c r="J18" t="s" s="7">
         <v>23</v>
       </c>
@@ -2162,129 +2168,129 @@
       <c r="S18" s="8">
         <v>22500</v>
       </c>
       <c r="T18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="U18" s="8">
         <v>18158091</v>
       </c>
       <c r="V18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="W18" s="8">
         <v>24951</v>
       </c>
       <c r="X18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="Y18" s="8">
         <v>23409600</v>
       </c>
       <c r="Z18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AA18" s="8">
-        <v/>
+        <v>27902</v>
       </c>
       <c r="AB18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AC18" s="8">
-        <v/>
+        <v>28741774</v>
       </c>
       <c r="AD18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AE18" s="8">
-        <v/>
+        <v>25302</v>
       </c>
       <c r="AF18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG18" s="8">
-        <v/>
+        <v>29761042</v>
       </c>
       <c r="AH18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI18" s="8">
-        <v/>
+        <v>26477</v>
       </c>
       <c r="AJ18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK18" s="8">
-        <v/>
+        <v>24984308</v>
       </c>
       <c r="AL18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM18" s="8">
         <v/>
       </c>
       <c r="AN18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AO18" s="8">
         <v/>
       </c>
       <c r="AP18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AQ18" s="8">
         <v/>
       </c>
       <c r="AR18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AS18" s="8">
         <v/>
       </c>
       <c r="AT18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AU18" s="8">
         <v/>
       </c>
       <c r="AV18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW18" s="8">
         <v/>
       </c>
       <c r="AX18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY18" s="9">
-        <v>132627</v>
+        <v>212308</v>
       </c>
       <c r="AZ18" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA18" s="9">
-        <v>102881549</v>
+        <v>186368673</v>
       </c>
       <c r="BB18" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:54">
       <c r="A19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B19" t="s" s="7">
         <v>24</v>
       </c>
       <c r="C19" s="8">
         <v>5929</v>
       </c>
       <c r="D19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E19" s="8">
         <v>13475659</v>
       </c>
       <c r="F19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G19" s="8">
@@ -2326,140 +2332,140 @@
       <c r="S19" s="8">
         <v>5961</v>
       </c>
       <c r="T19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="U19" s="8">
         <v>16437257</v>
       </c>
       <c r="V19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="W19" s="8">
         <v>5877</v>
       </c>
       <c r="X19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="Y19" s="8">
         <v>17629544</v>
       </c>
       <c r="Z19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AA19" s="8">
-        <v/>
+        <v>6755</v>
       </c>
       <c r="AB19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AC19" s="8">
-        <v/>
+        <v>19878117</v>
       </c>
       <c r="AD19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AE19" s="8">
-        <v/>
+        <v>6054</v>
       </c>
       <c r="AF19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG19" s="8">
-        <v/>
+        <v>17988634</v>
       </c>
       <c r="AH19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI19" s="8">
-        <v/>
+        <v>6284</v>
       </c>
       <c r="AJ19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK19" s="8">
-        <v/>
+        <v>17038891</v>
       </c>
       <c r="AL19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM19" s="8">
         <v/>
       </c>
       <c r="AN19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AO19" s="8">
         <v/>
       </c>
       <c r="AP19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AQ19" s="8">
         <v/>
       </c>
       <c r="AR19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AS19" s="8">
         <v/>
       </c>
       <c r="AT19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AU19" s="8">
         <v/>
       </c>
       <c r="AV19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW19" s="8">
         <v/>
       </c>
       <c r="AX19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY19" s="9">
-        <v>35353</v>
+        <v>54446</v>
       </c>
       <c r="AZ19" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA19" s="9">
-        <v>90663112</v>
+        <v>145568754</v>
       </c>
       <c r="BB19" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:54">
       <c r="A20" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B20" t="s" s="7">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C20" s="8">
         <v/>
       </c>
       <c r="D20" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E20" s="8">
         <v/>
       </c>
       <c r="F20" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G20" s="8">
         <v/>
       </c>
       <c r="H20" t="s" s="7">
         <v>23</v>
       </c>
       <c r="I20" s="8">
         <v/>
       </c>
       <c r="J20" t="s" s="7">
         <v>23</v>
       </c>
@@ -2576,54 +2582,54 @@
       </c>
       <c r="AV20" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW20" s="8">
         <v/>
       </c>
       <c r="AX20" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY20" s="9">
         <v>0</v>
       </c>
       <c r="AZ20" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA20" s="9">
         <v>0</v>
       </c>
       <c r="BB20" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:54">
       <c r="A21" t="s" s="7">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B21" t="s" s="7">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C21" s="8">
         <v>85470</v>
       </c>
       <c r="D21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E21" s="8">
         <v>2256874</v>
       </c>
       <c r="F21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G21" s="8">
         <v>85322</v>
       </c>
       <c r="H21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="I21" s="8">
         <v>2229648</v>
       </c>
       <c r="J21" t="s" s="7">
         <v>23</v>
       </c>
@@ -2654,140 +2660,140 @@
       <c r="S21" s="8">
         <v>85731</v>
       </c>
       <c r="T21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="U21" s="8">
         <v>2109441</v>
       </c>
       <c r="V21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="W21" s="8">
         <v>86031</v>
       </c>
       <c r="X21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="Y21" s="8">
         <v>2077958</v>
       </c>
       <c r="Z21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AA21" s="8">
-        <v/>
+        <v>80966</v>
       </c>
       <c r="AB21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AC21" s="8">
-        <v/>
+        <v>1986725</v>
       </c>
       <c r="AD21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AE21" s="8">
-        <v/>
+        <v>78647</v>
       </c>
       <c r="AF21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG21" s="8">
-        <v/>
+        <v>1979900</v>
       </c>
       <c r="AH21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI21" s="8">
-        <v/>
+        <v>84732</v>
       </c>
       <c r="AJ21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK21" s="8">
-        <v/>
+        <v>2151669</v>
       </c>
       <c r="AL21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM21" s="8">
         <v/>
       </c>
       <c r="AN21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AO21" s="8">
         <v/>
       </c>
       <c r="AP21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AQ21" s="8">
         <v/>
       </c>
       <c r="AR21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AS21" s="8">
         <v/>
       </c>
       <c r="AT21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AU21" s="8">
         <v/>
       </c>
       <c r="AV21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW21" s="8">
         <v/>
       </c>
       <c r="AX21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY21" s="9">
-        <v>518069</v>
+        <v>762414</v>
       </c>
       <c r="AZ21" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA21" s="9">
-        <v>13059923</v>
+        <v>19178217</v>
       </c>
       <c r="BB21" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:54">
       <c r="A22" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B22" t="s" s="7">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C22" s="8">
         <v/>
       </c>
       <c r="D22" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E22" s="8">
         <v/>
       </c>
       <c r="F22" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G22" s="8">
         <v/>
       </c>
       <c r="H22" t="s" s="7">
         <v>23</v>
       </c>
       <c r="I22" s="8">
         <v/>
       </c>
       <c r="J22" t="s" s="7">
         <v>23</v>
       </c>
@@ -2907,51 +2913,51 @@
       </c>
       <c r="AW22" s="8">
         <v/>
       </c>
       <c r="AX22" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY22" s="9">
         <v>0</v>
       </c>
       <c r="AZ22" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA22" s="9">
         <v>0</v>
       </c>
       <c r="BB22" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:54">
       <c r="A23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B23" t="s" s="7">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C23" s="8">
         <v/>
       </c>
       <c r="D23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E23" s="8">
         <v/>
       </c>
       <c r="F23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G23" s="8">
         <v/>
       </c>
       <c r="H23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="I23" s="8">
         <v/>
       </c>
       <c r="J23" t="s" s="7">
         <v>23</v>
       </c>
@@ -2994,284 +3000,289 @@
       <c r="W23" s="8">
         <v/>
       </c>
       <c r="X23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="Y23" s="8">
         <v/>
       </c>
       <c r="Z23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AA23" s="8">
         <v/>
       </c>
       <c r="AB23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AC23" s="8">
         <v/>
       </c>
       <c r="AD23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AE23" s="8">
-        <v/>
+        <v>1</v>
       </c>
       <c r="AF23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG23" s="8">
-        <v/>
+        <v>23</v>
       </c>
       <c r="AH23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI23" s="8">
-        <v/>
+        <v>1</v>
       </c>
       <c r="AJ23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK23" s="8">
-        <v/>
+        <v>13</v>
       </c>
       <c r="AL23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM23" s="8">
         <v/>
       </c>
       <c r="AN23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AO23" s="8">
         <v/>
       </c>
       <c r="AP23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AQ23" s="8">
         <v/>
       </c>
       <c r="AR23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AS23" s="8">
         <v/>
       </c>
       <c r="AT23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AU23" s="8">
         <v/>
       </c>
       <c r="AV23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW23" s="8">
         <v/>
       </c>
       <c r="AX23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY23" s="9">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AZ23" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA23" s="9">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="BB23" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:54">
       <c r="A24" t="s" s="11">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="C24" s="12">
-        <v>6721151</v>
+        <v>6720057</v>
       </c>
       <c r="D24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="E24" s="12">
-        <v>2296451833</v>
+        <v>2290867172</v>
       </c>
       <c r="F24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="G24" s="12">
-        <v>6565564</v>
+        <v>6564448</v>
       </c>
       <c r="H24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="I24" s="12">
-        <v>2199131214</v>
+        <v>2192769722</v>
       </c>
       <c r="J24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="K24" s="12">
-        <v>7071789</v>
+        <v>7070574</v>
       </c>
       <c r="L24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="M24" s="12">
-        <v>2452196586</v>
+        <v>2445818083</v>
       </c>
       <c r="N24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="O24" s="12">
-        <v>6788627</v>
+        <v>6787413</v>
       </c>
       <c r="P24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="Q24" s="12">
-        <v>2478957958</v>
+        <v>2472191455</v>
       </c>
       <c r="R24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="S24" s="12">
-        <v>6798439</v>
+        <v>6797293</v>
       </c>
       <c r="T24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="U24" s="12">
-        <v>2566736483</v>
+        <v>2560882305</v>
       </c>
       <c r="V24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="W24" s="12">
-        <v>6868710</v>
+        <v>6867546</v>
       </c>
       <c r="X24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="Y24" s="12">
-        <v>2879370047</v>
+        <v>2873362449</v>
       </c>
       <c r="Z24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AA24" s="12">
-        <v/>
+        <v>7217677</v>
       </c>
       <c r="AB24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AC24" s="12">
-        <v/>
+        <v>3297773989</v>
       </c>
       <c r="AD24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AE24" s="12">
-        <v/>
+        <v>6559732</v>
       </c>
       <c r="AF24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AG24" s="12">
-        <v/>
+        <v>3075967475</v>
       </c>
       <c r="AH24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AI24" s="12">
-        <v/>
+        <v>7064512</v>
       </c>
       <c r="AJ24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AK24" s="12">
-        <v/>
+        <v>2999466005</v>
       </c>
       <c r="AL24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AM24" s="12">
         <v/>
       </c>
       <c r="AN24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AO24" s="12">
         <v/>
       </c>
       <c r="AP24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AQ24" s="12">
         <v/>
       </c>
       <c r="AR24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AS24" s="12">
         <v/>
       </c>
       <c r="AT24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AU24" s="12">
         <v/>
       </c>
       <c r="AV24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AW24" s="12">
         <v/>
       </c>
       <c r="AX24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AY24" s="12">
-        <v>40814280</v>
+        <v>61649252</v>
       </c>
       <c r="AZ24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="BA24" s="12">
-        <v>14872844121</v>
+        <v>24209098655</v>
       </c>
       <c r="BB24" t="s" s="11">
         <v>23</v>
+      </c>
+    </row>
+    <row r="25" spans="1:54">
+      <c r="A25" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="48">
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>
     <mergeCell ref="A3:BB3"/>
     <mergeCell ref="A4:BB4"/>
     <mergeCell ref="A5:BB5"/>
     <mergeCell ref="A6:BB6"/>
     <mergeCell ref="A7:BB7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="K8:N8"/>
     <mergeCell ref="O8:R8"/>
     <mergeCell ref="S8:V8"/>
     <mergeCell ref="W8:Z8"/>
     <mergeCell ref="AA8:AD8"/>
     <mergeCell ref="AE8:AH8"/>
     <mergeCell ref="AI8:AL8"/>
     <mergeCell ref="AM8:AP8"/>
     <mergeCell ref="AQ8:AT8"/>
     <mergeCell ref="AU8:AX8"/>